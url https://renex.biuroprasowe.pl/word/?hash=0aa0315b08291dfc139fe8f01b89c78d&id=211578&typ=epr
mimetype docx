--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -133,51 +133,59 @@
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Uczestnicy szkolenia pracowali pod okiem doświadczonej kadry inżynierów RENEX EEC. Prowadzący posiadają wieloletnie doświadczenie w prowadzeniu międzynarodowych </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">szkoleń IPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, a także w realizacji projektów dla ESA i podmiotów współpracujących. Wśród uczestników pierwszej edycji znalazła się m.in. firma Creotech Instruments S.A. – polski producent nowoczesnych technologii, kluczowych dla przemysłu kosmicznego, nauki oraz innych strategicznych sektorów gospodarki. Spółka projektuje, wytwarza i dostarcza zaawansowane systemy kontrolno-pomiarowe, które wykorzystywane są zarówno przez instytuty badawcze, jak i startupy technologiczne na całym świecie.</w:t>
+        <w:t xml:space="preserve">, a także w realizacji projektów dla ESA i podmiotów współpracujących. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wśród uczestników pierwszej edycji znalazła się m.in. firma Creotech Instruments S.A., wiodący polski integrator, producent małych satelitów, systemów i podzespołów satelitarnych oraz nowoczesnych technologii kwantowych, kluczowych dla nauki oraz innych strategicznych sektorów gospodarki. Spółka projektuje, wytwarza i dostarcza zaawansowane systemy kontrolno-pomiarowe, które wykorzystywane są przez zaawansowane instytuty badawcze na świecie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:900px; height:600px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>