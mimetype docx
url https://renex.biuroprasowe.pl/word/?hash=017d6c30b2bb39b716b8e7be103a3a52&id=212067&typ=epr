--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -78,51 +78,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Otrzymanie tytułu przez RENEX Electronics Education Center jest potwierdzeniem wieloletniego zaangażowania Grupy RENEX w rozwój edukacji technicznej – zarówno na poziomie lokalnym, jak i ogólnopolskim. Centrum od lat prowadzi działania ukierunkowane na praktyczne kształcenie przyszłych specjalistów branży elektronicznej. Współpracuje z licznymi szkołami zawodowymi i technicznymi, udostępniając swoje zaplecze technologiczne, laboratoria oraz doświadczenie trenerów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:shape type="#_x0000_t75" style="width:900px; height:623px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+          <v:shape type="#_x0000_t75" style="width:900px; height:600px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">RENEX EEC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>